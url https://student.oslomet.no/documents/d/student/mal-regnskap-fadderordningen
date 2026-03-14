--- v0 (2026-02-14)
+++ v1 (2026-03-14)
@@ -23,182 +23,179 @@
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10201"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10215"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/fridaban/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/fridaban/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{643A824A-6DAF-6E43-99ED-7D1F5FFEB5DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A9195FAE-05EF-A340-8F50-28D696250DEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="600" windowWidth="28800" windowHeight="16180" activeTab="1" xr2:uid="{47D165ED-D121-4A3D-9C4D-A7EFF1D9EEAB}"/>
+    <workbookView xWindow="29400" yWindow="2200" windowWidth="28800" windowHeight="16180" xr2:uid="{47D165ED-D121-4A3D-9C4D-A7EFF1D9EEAB}"/>
   </bookViews>
   <sheets>
     <sheet name="Totalt" sheetId="1" r:id="rId1"/>
     <sheet name="Akt 1" sheetId="2" r:id="rId2"/>
     <sheet name="Akt 2" sheetId="8" r:id="rId3"/>
     <sheet name="Akt 3" sheetId="7" r:id="rId4"/>
     <sheet name="Akt 4" sheetId="5" r:id="rId5"/>
     <sheet name="Akt 5" sheetId="4" r:id="rId6"/>
     <sheet name="Akt 6" sheetId="3" r:id="rId7"/>
     <sheet name="Akt 7" sheetId="6" r:id="rId8"/>
     <sheet name="Akt 8" sheetId="12" r:id="rId9"/>
     <sheet name="Akt 9" sheetId="11" r:id="rId10"/>
     <sheet name="Akt 10" sheetId="10" r:id="rId11"/>
     <sheet name="Akt 11" sheetId="9" r:id="rId12"/>
     <sheet name="Akt 12" sheetId="13" r:id="rId13"/>
     <sheet name="Akt 13" sheetId="14" r:id="rId14"/>
     <sheet name="Akt 14" sheetId="15" r:id="rId15"/>
     <sheet name="Akt 15" sheetId="18" r:id="rId16"/>
     <sheet name="Akt 16" sheetId="16" r:id="rId17"/>
     <sheet name="Akt 17" sheetId="17" r:id="rId18"/>
     <sheet name="Akt 18" sheetId="19" r:id="rId19"/>
     <sheet name="Akt 19" sheetId="20" r:id="rId20"/>
     <sheet name="Akt 20" sheetId="21" r:id="rId21"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D40" i="1" l="1"/>
+  <c r="D37" i="1" l="1"/>
+  <c r="D36" i="1"/>
+  <c r="D35" i="1"/>
+  <c r="D34" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="D32" i="1"/>
+  <c r="D31" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="D29" i="1"/>
+  <c r="D28" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="D26" i="1"/>
+  <c r="D25" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="D23" i="1"/>
+  <c r="D22" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="A18" i="1"/>
   <c r="E18" i="17"/>
   <c r="E18" i="21"/>
   <c r="E18" i="20"/>
   <c r="E18" i="19"/>
   <c r="E18" i="16"/>
   <c r="E18" i="18"/>
   <c r="E18" i="15"/>
   <c r="E18" i="14"/>
   <c r="E18" i="13"/>
   <c r="E18" i="9"/>
   <c r="E18" i="10"/>
   <c r="E18" i="11"/>
   <c r="E18" i="12"/>
   <c r="E18" i="6"/>
   <c r="E18" i="3"/>
   <c r="E18" i="4"/>
   <c r="E18" i="5"/>
   <c r="E18" i="7"/>
+  <c r="D20" i="1" s="1"/>
   <c r="E18" i="8"/>
+  <c r="D19" i="1" s="1"/>
   <c r="D15" i="1"/>
-  <c r="D36" i="1"/>
-[...17 lines deleted...]
-  <c r="D18" i="1"/>
   <c r="A37" i="1"/>
   <c r="A36" i="1"/>
   <c r="A35" i="1"/>
   <c r="A34" i="1"/>
   <c r="A33" i="1"/>
   <c r="A32" i="1"/>
   <c r="A31" i="1"/>
   <c r="A30" i="1"/>
   <c r="A29" i="1"/>
   <c r="A28" i="1"/>
   <c r="A27" i="1"/>
   <c r="A26" i="1"/>
   <c r="A25" i="1"/>
   <c r="A24" i="1"/>
   <c r="A23" i="1"/>
   <c r="A22" i="1"/>
   <c r="A21" i="1"/>
   <c r="A20" i="1"/>
   <c r="A19" i="1"/>
-  <c r="A18" i="1"/>
   <c r="E18" i="2"/>
-  <c r="D37" i="1" s="1"/>
+  <c r="D18" i="1" s="1"/>
   <c r="D38" i="1" l="1"/>
+  <c r="D40" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="53">
   <si>
     <t>Aktivitet 1:</t>
   </si>
   <si>
     <t>Kostnader</t>
-  </si>
-[...1 lines deleted...]
-    <t>Totalbudsjett</t>
   </si>
   <si>
     <t>Inntekter</t>
   </si>
   <si>
     <t>OsloMet fadderprogram</t>
   </si>
   <si>
     <t>Beløp</t>
   </si>
   <si>
     <t>Sum</t>
   </si>
   <si>
     <t>(navn og tall kommer automatisk - ikke skriv noe her)</t>
   </si>
   <si>
     <t>beløp</t>
   </si>
   <si>
     <t>Sum kostnader</t>
   </si>
   <si>
     <t>(skriv inn hva du kjøpet i det gule feltet, skriv inn beløpet i det hvite feltet)</t>
   </si>
@@ -305,50 +302,53 @@
     <t>Kvitteringer, aktivitet 12:</t>
   </si>
   <si>
     <t>Kvitteringer, aktivitet 13:</t>
   </si>
   <si>
     <t>Kvitteringer, aktivitet 14:</t>
   </si>
   <si>
     <t>Kvitteringer, aktivitet 15:</t>
   </si>
   <si>
     <t>Kvitteringer, aktivitet 16:</t>
   </si>
   <si>
     <t>Kvitteringer, aktivitet 17:</t>
   </si>
   <si>
     <t>Kvitteringer, aktivitet 18:</t>
   </si>
   <si>
     <t>Kvitteringer, aktivitet 19:</t>
   </si>
   <si>
     <t>Kvitteringer, aktivitet 20:</t>
+  </si>
+  <si>
+    <t>Totalregnskap</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
@@ -464,63 +464,63 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
@@ -822,551 +822,551 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{245E4E98-645E-4F52-8480-0D1F57B1D889}">
   <dimension ref="A1:J40"/>
   <sheetViews>
-    <sheetView topLeftCell="A5" workbookViewId="0">
-      <selection activeCell="F24" sqref="F24"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="8" max="8" width="9.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="24" x14ac:dyDescent="0.3">
       <c r="A1" s="8" t="s">
-        <v>2</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A4" s="15" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B4" s="15"/>
       <c r="C4" s="15"/>
       <c r="D4" s="13"/>
       <c r="E4" s="5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A5" s="16"/>
       <c r="B5" s="16"/>
       <c r="C5" s="16"/>
       <c r="D5" s="14"/>
       <c r="E5" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="10"/>
       <c r="J5" s="10"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="16"/>
       <c r="B6" s="16"/>
       <c r="C6" s="16"/>
       <c r="D6" s="14"/>
       <c r="E6" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="10"/>
       <c r="J6" s="10"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="16"/>
       <c r="B7" s="16"/>
       <c r="C7" s="16"/>
       <c r="D7" s="14"/>
       <c r="E7" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="10"/>
       <c r="J7" s="10"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="16"/>
       <c r="B8" s="16"/>
       <c r="C8" s="16"/>
       <c r="D8" s="14"/>
       <c r="E8" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="10"/>
       <c r="J8" s="10"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="16"/>
       <c r="B9" s="16"/>
       <c r="C9" s="16"/>
       <c r="D9" s="14"/>
       <c r="E9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="10"/>
       <c r="J9" s="10"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="16"/>
       <c r="B10" s="16"/>
       <c r="C10" s="16"/>
       <c r="D10" s="14"/>
       <c r="E10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="16"/>
       <c r="B11" s="16"/>
       <c r="C11" s="16"/>
       <c r="D11" s="14"/>
       <c r="E11" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="10"/>
       <c r="J11" s="10"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="16"/>
       <c r="B12" s="16"/>
       <c r="C12" s="16"/>
       <c r="D12" s="14"/>
       <c r="E12" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="10"/>
       <c r="J12" s="10"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="14"/>
       <c r="E13" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="10"/>
       <c r="J13" s="10"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="16"/>
       <c r="B14" s="16"/>
       <c r="C14" s="16"/>
       <c r="D14" s="14"/>
       <c r="E14" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="10"/>
       <c r="J14" s="10"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="C15" s="11" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D15" s="12">
         <f>SUM(D4:D14)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A17" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A18" s="15">
         <f>'Akt 1'!B1</f>
         <v>0</v>
       </c>
       <c r="B18" s="15"/>
       <c r="C18" s="15"/>
       <c r="D18" s="9">
-        <f>'Akt 2'!G$18</f>
+        <f>'Akt 1'!E$18</f>
         <v>0</v>
       </c>
       <c r="E18" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A19" s="15">
         <f>'Akt 2'!B1</f>
         <v>0</v>
       </c>
       <c r="B19" s="15"/>
       <c r="C19" s="15"/>
       <c r="D19" s="9">
-        <f>'Akt 3'!G$18</f>
+        <f>'Akt 2'!E$18</f>
         <v>0</v>
       </c>
       <c r="E19" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A20" s="15">
         <f>'Akt 3'!B1</f>
         <v>0</v>
       </c>
       <c r="B20" s="15"/>
       <c r="C20" s="15"/>
       <c r="D20" s="9">
-        <f>'Akt 4'!G$18</f>
+        <f>'Akt 3'!E$18</f>
         <v>0</v>
       </c>
       <c r="E20" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A21" s="15">
         <f>'Akt 4'!B1</f>
         <v>0</v>
       </c>
       <c r="B21" s="15"/>
       <c r="C21" s="15"/>
       <c r="D21" s="9">
-        <f>'Akt 5'!G$18</f>
+        <f>'Akt 4'!E$18</f>
         <v>0</v>
       </c>
       <c r="E21" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A22" s="15">
         <f>'Akt 5'!B1</f>
         <v>0</v>
       </c>
       <c r="B22" s="15"/>
       <c r="C22" s="15"/>
       <c r="D22" s="9">
-        <f>'Akt 6'!G$18</f>
+        <f>'Akt 5'!E$18</f>
         <v>0</v>
       </c>
       <c r="E22" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A23" s="15">
         <f>'Akt 6'!B1</f>
         <v>0</v>
       </c>
       <c r="B23" s="15"/>
       <c r="C23" s="15"/>
       <c r="D23" s="9">
-        <f>'Akt 7'!G$18</f>
+        <f>'Akt 6'!E$18</f>
         <v>0</v>
       </c>
       <c r="E23" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A24" s="15">
         <f>'Akt 7'!B1</f>
         <v>0</v>
       </c>
       <c r="B24" s="15"/>
       <c r="C24" s="15"/>
       <c r="D24" s="9">
-        <f>'Akt 8'!G$18</f>
+        <f>'Akt 7'!E$18</f>
         <v>0</v>
       </c>
       <c r="E24" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A25" s="15">
         <f>'Akt 8'!B1</f>
         <v>0</v>
       </c>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="9">
-        <f>'Akt 9'!G$18</f>
+        <f>'Akt 8'!E$18</f>
         <v>0</v>
       </c>
       <c r="E25" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A26" s="15">
         <f>'Akt 9'!B1</f>
         <v>0</v>
       </c>
       <c r="B26" s="15"/>
       <c r="C26" s="15"/>
       <c r="D26" s="9">
-        <f>'Akt 10'!G$18</f>
+        <f>'Akt 9'!E$18</f>
         <v>0</v>
       </c>
       <c r="E26" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A27" s="15">
         <f>'Akt 10'!B1</f>
         <v>0</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="9">
-        <f>'Akt 11'!G$18</f>
+        <f>'Akt 10'!E$18</f>
         <v>0</v>
       </c>
       <c r="E27" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A28" s="15">
         <f>'Akt 11'!B1</f>
         <v>0</v>
       </c>
       <c r="B28" s="15"/>
       <c r="C28" s="15"/>
       <c r="D28" s="9">
-        <f>'Akt 12'!G$18</f>
+        <f>'Akt 11'!E$18</f>
         <v>0</v>
       </c>
       <c r="E28" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A29" s="15">
         <f>'Akt 12'!B1</f>
         <v>0</v>
       </c>
       <c r="B29" s="15"/>
       <c r="C29" s="15"/>
       <c r="D29" s="9">
-        <f>'Akt 13'!G$18</f>
+        <f>'Akt 12'!E$18</f>
         <v>0</v>
       </c>
       <c r="E29" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A30" s="15">
         <f>'Akt 13'!B1</f>
         <v>0</v>
       </c>
       <c r="B30" s="15"/>
       <c r="C30" s="15"/>
       <c r="D30" s="9">
-        <f>'Akt 14'!G$18</f>
+        <f>'Akt 13'!E$18</f>
         <v>0</v>
       </c>
       <c r="E30" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A31" s="15">
         <f>'Akt 14'!B1</f>
         <v>0</v>
       </c>
       <c r="B31" s="15"/>
       <c r="C31" s="15"/>
       <c r="D31" s="9">
-        <f>'Akt 15'!G$18</f>
+        <f>'Akt 14'!E$18</f>
         <v>0</v>
       </c>
       <c r="E31" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A32" s="15">
         <f>'Akt 15'!B1</f>
         <v>0</v>
       </c>
       <c r="B32" s="15"/>
       <c r="C32" s="15"/>
       <c r="D32" s="9">
-        <f>'Akt 16'!G$18</f>
+        <f>'Akt 15'!E$18</f>
         <v>0</v>
       </c>
       <c r="E32" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A33" s="15">
         <f>'Akt 16'!B1</f>
         <v>0</v>
       </c>
       <c r="B33" s="15"/>
       <c r="C33" s="15"/>
       <c r="D33" s="9">
-        <f>'Akt 17'!G$18</f>
+        <f>'Akt 16'!E$18</f>
         <v>0</v>
       </c>
       <c r="E33" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A34" s="15">
         <f>'Akt 17'!B1</f>
         <v>0</v>
       </c>
       <c r="B34" s="15"/>
       <c r="C34" s="15"/>
       <c r="D34" s="9">
-        <f>'Akt 18'!G$18</f>
+        <f>'Akt 17'!E$18</f>
         <v>0</v>
       </c>
       <c r="E34" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A35" s="15">
         <f>'Akt 18'!B1</f>
         <v>0</v>
       </c>
       <c r="B35" s="15"/>
       <c r="C35" s="15"/>
       <c r="D35" s="9">
-        <f>'Akt 19'!G$18</f>
+        <f>'Akt 18'!E$18</f>
         <v>0</v>
       </c>
       <c r="E35" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A36" s="15">
         <f>'Akt 19'!B1</f>
         <v>0</v>
       </c>
       <c r="B36" s="15"/>
       <c r="C36" s="15"/>
       <c r="D36" s="9">
-        <f>'Akt 20'!G$18</f>
+        <f>'Akt 19'!E$18</f>
         <v>0</v>
       </c>
       <c r="E36" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A37" s="15">
         <f>'Akt 20'!B1</f>
         <v>0</v>
       </c>
       <c r="B37" s="15"/>
       <c r="C37" s="15"/>
       <c r="D37" s="9">
-        <f>'Akt 1'!E$18</f>
+        <f>'Akt 20'!E$18</f>
         <v>0</v>
       </c>
       <c r="E37" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="C38" s="11" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D38" s="11">
-        <f>SUM(D18:D37)</f>
+        <f>SUM(D18:D18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="C40" s="11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D40" s="11">
         <f>D15-D38</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="31">
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="A8:C8"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="A30:C30"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="A22:C22"/>
@@ -1382,254 +1382,254 @@
     <mergeCell ref="A32:C32"/>
     <mergeCell ref="A33:C33"/>
     <mergeCell ref="A34:C34"/>
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="A36:C36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3694FB26-C436-4511-AB77-A9CAAF6F2D62}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J32" sqref="J32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>20</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -2069,291 +2069,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31CEE3E1-D183-45B3-9EB3-37E06DFDFA53}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>21</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -2793,291 +2793,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA65A737-05AB-42C4-B6CD-0E5A0AB4B28E}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>22</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -3517,291 +3517,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D49A456-8B04-4E74-94BD-4C79C370A65D}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>23</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -4241,291 +4241,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F7AEA08-6E25-4E02-8A58-5E7CD2C4B851}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A24" sqref="A24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>24</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -4965,291 +4965,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7E92757-20A7-423C-B697-2EA93DD3BCCE}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J28" sqref="J28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>26</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -5689,291 +5689,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9BC015BA-7382-47FC-BC54-F8C3AF2E168B}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>25</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -6413,291 +6413,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8841675-5823-4119-B7DA-675BD52C3238}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>27</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -7137,291 +7137,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{809851BF-AE00-42C3-94FF-A75DDF5FC9D1}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>28</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -7861,291 +7861,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9116BC64-6A66-4515-BA89-22C2F1662D64}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>29</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -8585,314 +8585,314 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D0A3388A-2CA9-4453-8E29-D6818EA39DEB}">
   <dimension ref="A1:L97"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A22" sqref="A22:L23"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E26" sqref="E26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="19"/>
-[...1 lines deleted...]
-      <c r="D1" s="19"/>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A22" s="21" t="s">
-[...12 lines deleted...]
-      <c r="L22" s="20"/>
+      <c r="A22" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="19"/>
+      <c r="J22" s="19"/>
+      <c r="K22" s="19"/>
+      <c r="L22" s="19"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A23" s="20"/>
-[...10 lines deleted...]
-      <c r="L23" s="20"/>
+      <c r="A23" s="19"/>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="19"/>
+      <c r="H23" s="19"/>
+      <c r="I23" s="19"/>
+      <c r="J23" s="19"/>
+      <c r="K23" s="19"/>
+      <c r="L23" s="19"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E24" s="3"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E26" s="3"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E31" s="3"/>
     </row>
@@ -9074,291 +9074,291 @@
       <c r="E90" s="3"/>
     </row>
     <row r="91" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E91" s="3"/>
     </row>
     <row r="92" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E92" s="3"/>
     </row>
     <row r="93" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E93" s="3"/>
     </row>
     <row r="94" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E94" s="3"/>
     </row>
     <row r="95" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E95" s="3"/>
     </row>
     <row r="96" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E96" s="3"/>
     </row>
     <row r="97" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E97" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE4E4897-6C85-46CA-9B02-2F21311CB37F}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>30</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -9798,291 +9798,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D11842EB-E2DD-46C1-BC20-86E8B6329A35}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>31</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -10522,317 +10522,317 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D67EECEA-4052-46CA-AEF6-454068EB0481}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A22" sqref="A22:L23"/>
+      <selection activeCell="A4" sqref="A4:D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>13</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A22" s="21" t="s">
-[...12 lines deleted...]
-      <c r="L22" s="20"/>
+      <c r="A22" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="19"/>
+      <c r="J22" s="19"/>
+      <c r="K22" s="19"/>
+      <c r="L22" s="19"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A23" s="20"/>
-[...10 lines deleted...]
-      <c r="L23" s="20"/>
+      <c r="A23" s="19"/>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="19"/>
+      <c r="H23" s="19"/>
+      <c r="I23" s="19"/>
+      <c r="J23" s="19"/>
+      <c r="K23" s="19"/>
+      <c r="L23" s="19"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E24" s="3"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E26" s="3"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E31" s="3"/>
     </row>
@@ -11246,291 +11246,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F13CDB6A-418E-4A2E-B4B8-294D1C9C11B4}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A22" sqref="A22:L23"/>
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>14</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -11970,291 +11970,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7459DC2D-0F3B-40A6-9293-EBF880694FCA}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>15</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -12694,291 +12694,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8C13BFD-D8CA-4758-8A91-C7BEFBBE5C04}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>16</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -13418,291 +13418,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE630BDE-ACD6-4AFF-959E-BAD71D21263A}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>17</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -14142,291 +14142,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2BFDA959-DA9A-474A-8C54-8605DFD71559}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22:L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>18</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -14866,291 +14866,291 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AFFB7AF9-6E0C-412B-ABEF-01735192D39F}">
   <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H28" sqref="H28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      <c r="D1" s="19"/>
+        <v>19</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="19"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="19"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
       <c r="E5" s="6"/>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
       <c r="E6" s="6"/>
       <c r="F6" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="19"/>
-[...2 lines deleted...]
-      <c r="D7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
       <c r="E7" s="6"/>
       <c r="F7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="19"/>
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
       <c r="E8" s="6"/>
       <c r="F8" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
       <c r="E9" s="6"/>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="19"/>
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
       <c r="E10" s="6"/>
       <c r="F10" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19"/>
+      <c r="A11" s="17"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="6"/>
       <c r="F11" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="19"/>
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
       <c r="E12" s="6"/>
       <c r="F12" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19"/>
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17"/>
       <c r="E13" s="6"/>
       <c r="F13" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="19"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
       <c r="E14" s="6"/>
       <c r="F14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
       <c r="E15" s="6"/>
       <c r="F15" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="19"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
       <c r="E16" s="6"/>
       <c r="F16" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
       <c r="E17" s="6"/>
       <c r="F17" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="18"/>
+      <c r="C18" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="21"/>
       <c r="E18" s="7">
         <f>SUM(E4:E17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="22"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="22"/>
       <c r="J23" s="22"/>
       <c r="K23" s="22"/>
@@ -15590,105 +15590,94 @@
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="5:7" x14ac:dyDescent="0.2">
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A22:L23"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:D13"/>
-    <mergeCell ref="A14:D14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100BC0B15C9DBD0044D8492C5358AB38EC1" ma:contentTypeVersion="18" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="47a3a0a86a7354522d911d0730fea23a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1be34761-48dc-4ebe-b35d-13e2d25698ca" xmlns:ns3="a41fd1d9-7689-41c5-a171-0b8490d02a77" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="725eda54f51bdef4d029509ee0f7c9eb" ns2:_="" ns3:_="">
     <xsd:import namespace="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
     <xsd:import namespace="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -15899,90 +15888,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1be34761-48dc-4ebe-b35d-13e2d25698ca">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a41fd1d9-7689-41c5-a171-0b8490d02a77" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E925DF7C-6F21-4918-9E8C-E9080AA768BC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75886400-2209-491E-9976-47F6380F8D79}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
     <ds:schemaRef ds:uri="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DE31B22-FFA0-44F8-B230-C14602E2DF4B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{fec81f12-6286-4550-8911-f446fcdafa1f}" enabled="0" method="" siteId="{fec81f12-6286-4550-8911-f446fcdafa1f}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>