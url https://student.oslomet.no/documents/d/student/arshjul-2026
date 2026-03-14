--- v0 (2026-01-19)
+++ v1 (2026-03-14)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10102"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10215"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/fridaban/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/fridaban/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8CE3B378-F12B-F847-834E-1F8EA6C3C850}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0F70A289-8786-9F4B-AD57-841D4799E0EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="15360" yWindow="2960" windowWidth="33000" windowHeight="18180" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="600" windowWidth="17680" windowHeight="16100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Ark1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -195,69 +195,69 @@
   <si>
     <t>Fadderstyrene bør forvente å bli kontaktet</t>
   </si>
   <si>
     <t>10:00 - 13:00</t>
   </si>
   <si>
     <t>Januar</t>
   </si>
   <si>
     <t>Frist for å sette dato for fadderkurs</t>
   </si>
   <si>
     <t>Fadderstyrene har selv ansvar for å invitere sine faddere på kurs</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>Evaluering i fadderstyretinget</t>
   </si>
   <si>
     <t>Oktober</t>
   </si>
   <si>
-    <t>Frist for å levere regnskap til OsloMt</t>
-[...1 lines deleted...]
-  <si>
     <t>Økonomiansvarlig</t>
   </si>
   <si>
     <t>Løpende innvilgning</t>
   </si>
   <si>
     <t>Desember</t>
   </si>
   <si>
     <t>Frist for å rekruttere nytt fadderstyre</t>
   </si>
   <si>
     <t>Meld inn nye roller og medlemmer til fadder@oslomet.no</t>
   </si>
   <si>
     <t>Sendes til fadder@oslomet.no</t>
+  </si>
+  <si>
+    <t>Frist for å levere regnskap til OsloMet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
@@ -454,64 +454,64 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-tema">
   <a:themeElements>
     <a:clrScheme name="Office 2013–2022">
@@ -788,81 +788,81 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="C2:H24"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" zoomScale="84" workbookViewId="0">
-      <selection activeCell="E26" sqref="E26"/>
+    <sheetView tabSelected="1" topLeftCell="C1" zoomScale="50" workbookViewId="0">
+      <selection activeCell="F24" sqref="F24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="3" max="3" width="17.33203125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25.5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="80" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="53.1640625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="60.33203125" customWidth="1"/>
+    <col min="8" max="8" width="90.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="3:8" x14ac:dyDescent="0.2">
-      <c r="C2" s="18" t="s">
+      <c r="C2" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="D2" s="19"/>
-[...3 lines deleted...]
-      <c r="H2" s="19"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
     </row>
     <row r="3" spans="3:8" x14ac:dyDescent="0.2">
-      <c r="C3" s="20"/>
-[...4 lines deleted...]
-      <c r="H3" s="21"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="23"/>
+      <c r="E3" s="23"/>
+      <c r="F3" s="23"/>
+      <c r="G3" s="23"/>
+      <c r="H3" s="23"/>
     </row>
     <row r="4" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C5" s="14" t="s">
         <v>46</v>
       </c>
@@ -881,102 +881,106 @@
       <c r="H5" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C6" s="14" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="4"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C7" s="14" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="4">
-        <v>45712</v>
+        <v>46077</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C8" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="D8" s="4"/>
+      <c r="D8" s="4">
+        <v>46105</v>
+      </c>
       <c r="E8" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
     </row>
     <row r="9" spans="3:8" ht="54" x14ac:dyDescent="0.3">
       <c r="C9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="4">
-        <v>45746</v>
+        <v>46111</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="16" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C10" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="D10" s="4"/>
+      <c r="D10" s="4">
+        <v>46133</v>
+      </c>
       <c r="E10" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C11" s="10" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="4">
         <v>46145</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>8</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="G11" s="3" t="s">
@@ -1008,51 +1012,53 @@
     </row>
     <row r="13" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C13" s="10" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="4">
         <v>46145</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>8</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C14" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="D14" s="4"/>
+      <c r="D14" s="4">
+        <v>46162</v>
+      </c>
       <c r="E14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C15" s="11" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="4">
         <v>46174</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>8</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>35</v>
@@ -1066,51 +1072,53 @@
     </row>
     <row r="16" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C16" s="11" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="4">
         <v>46174</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>8</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C17" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="D17" s="4"/>
+      <c r="D17" s="4">
+        <v>46182</v>
+      </c>
       <c r="E17" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="3"/>
     </row>
     <row r="18" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C18" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D18" s="4">
         <v>46241</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G18" s="3" t="s">
@@ -1157,136 +1165,147 @@
       <c r="H20" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="3:8" ht="26" x14ac:dyDescent="0.3">
       <c r="C21" s="13" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="15">
         <v>46245</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>26</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" spans="3:8" ht="26" x14ac:dyDescent="0.3">
-      <c r="C22" s="22" t="s">
+      <c r="C22" s="18" t="s">
         <v>49</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>50</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H22" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" spans="3:8" ht="26" x14ac:dyDescent="0.3">
-      <c r="C23" s="22" t="s">
+      <c r="C23" s="18" t="s">
         <v>51</v>
       </c>
       <c r="D23" s="15">
         <v>46296</v>
       </c>
       <c r="E23" s="7"/>
       <c r="F23" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G23" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="G23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="7" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="24" spans="3:8" ht="26" x14ac:dyDescent="0.3">
-      <c r="C24" s="23" t="s">
-        <v>55</v>
+      <c r="C24" s="19" t="s">
+        <v>54</v>
       </c>
       <c r="D24" s="15">
         <v>46357</v>
       </c>
       <c r="E24" s="7"/>
       <c r="F24" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:H3"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100BC0B15C9DBD0044D8492C5358AB38EC1" ma:contentTypeVersion="18" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="6b546a305004bc6496b94c0be59216e6">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1be34761-48dc-4ebe-b35d-13e2d25698ca" xmlns:ns3="a41fd1d9-7689-41c5-a171-0b8490d02a77" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a532f57c3b6a47c91073ed8eb29c74af" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1be34761-48dc-4ebe-b35d-13e2d25698ca">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a41fd1d9-7689-41c5-a171-0b8490d02a77" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100BC0B15C9DBD0044D8492C5358AB38EC1" ma:contentTypeVersion="18" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="47a3a0a86a7354522d911d0730fea23a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1be34761-48dc-4ebe-b35d-13e2d25698ca" xmlns:ns3="a41fd1d9-7689-41c5-a171-0b8490d02a77" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="725eda54f51bdef4d029509ee0f7c9eb" ns2:_="" ns3:_="">
     <xsd:import namespace="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
     <xsd:import namespace="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -1495,101 +1514,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D71BD63-CFD1-408D-8AC7-BA0FC484F281}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74DCB237-53B7-48DE-9F71-CD138F627128}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{842BF2DD-F653-4693-B1DB-58EAFCD13E78}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39D7FEDC-4418-4089-9660-2B380ACFCBDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
     <ds:schemaRef ds:uri="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{fec81f12-6286-4550-8911-f446fcdafa1f}" enabled="0" method="" siteId="{fec81f12-6286-4550-8911-f446fcdafa1f}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>