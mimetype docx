--- v0 (2025-11-06)
+++ v1 (2026-03-14)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="49E92A78" w14:textId="4D22A607" w:rsidR="000A1AE4" w:rsidRDefault="00634DF4" w:rsidP="002B5A1C">
       <w:pPr>
         <w:pStyle w:val="Overskrift1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B5A1C">
         <w:t>SØKNAD OM FADDERMIDLER</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutenett"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1590"/>
         <w:gridCol w:w="1109"/>
         <w:gridCol w:w="415"/>
         <w:gridCol w:w="930"/>
         <w:gridCol w:w="149"/>
         <w:gridCol w:w="2038"/>
@@ -311,65 +312,81 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.6 Foreningens </w:t>
             </w:r>
             <w:r w:rsidR="00AC3C21">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>organisasjonsnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB20C2" w14:paraId="688AD498" w14:textId="77777777" w:rsidTr="00A05427">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8088" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="5C68B98E" w14:textId="77777777" w:rsidR="00BB20C2" w:rsidRPr="001708D6" w:rsidRDefault="000E376A">
+          <w:p w14:paraId="5C68B98E" w14:textId="12198EBD" w:rsidR="00BB20C2" w:rsidRPr="001708D6" w:rsidRDefault="000E376A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001708D6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2. Opplysninger om søkers bankkonto (skal ikke være privat konto)</w:t>
+              <w:t xml:space="preserve">2. Opplysninger om </w:t>
+            </w:r>
+            <w:r w:rsidR="00901213">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>foreningens</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001708D6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bankkonto (skal ikke være privat konto)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3626E" w14:paraId="3BDEA321" w14:textId="77777777" w:rsidTr="00A05427">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4193" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="5FBA8723" w14:textId="77777777" w:rsidR="00B3626E" w:rsidRPr="000E376A" w:rsidRDefault="000E376A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -456,106 +473,119 @@
           </w:tcPr>
           <w:p w14:paraId="50AFA860" w14:textId="77777777" w:rsidR="000E376A" w:rsidRPr="000E376A" w:rsidRDefault="000E376A" w:rsidP="000E376A">
             <w:pPr>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2.5 Poststed           </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E376A" w14:paraId="060A2049" w14:textId="77777777" w:rsidTr="00A05427">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8088" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="34EE00A7" w14:textId="77777777" w:rsidR="000E376A" w:rsidRPr="001708D6" w:rsidRDefault="002A2559">
+          <w:p w14:paraId="34EE00A7" w14:textId="0ECC91ED" w:rsidR="000E376A" w:rsidRPr="001708D6" w:rsidRDefault="002A2559">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001708D6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidR="00830DC1" w:rsidRPr="001708D6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Arrangement/tiltak</w:t>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00E038D1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ktiviteter det søkes midler til</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E376A" w14:paraId="4588A24B" w14:textId="77777777" w:rsidTr="00A05427">
         <w:trPr>
           <w:trHeight w:val="813"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8088" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA5277F" w14:textId="77777777" w:rsidR="000E376A" w:rsidRDefault="007E71A5">
+          <w:p w14:paraId="0AA5277F" w14:textId="2ACE4E79" w:rsidR="000E376A" w:rsidRDefault="007E71A5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E71A5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3.1 Navn på arrangement</w:t>
+              <w:t>3.1 Navn på a</w:t>
+            </w:r>
+            <w:r w:rsidR="00E038D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ktivitet</w:t>
             </w:r>
             <w:r w:rsidR="00593D1F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ene)</w:t>
             </w:r>
-            <w:r w:rsidR="00830DC1">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> eller tiltak(ene)</w:t>
+            <w:r w:rsidR="00E038D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4215EDBB" w14:textId="77777777" w:rsidR="00593D1F" w:rsidRDefault="00593D1F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Eksempel)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17C83F32" w14:textId="2B2D9B8B" w:rsidR="00593D1F" w:rsidRDefault="00593D1F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -673,2128 +703,355 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00D97348" w:rsidRPr="007E71A5" w:rsidRDefault="00D97348">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E376A" w14:paraId="056ECF24" w14:textId="77777777" w:rsidTr="00A05427">
         <w:trPr>
           <w:trHeight w:val="2452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8088" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="72C0CEF7" w14:textId="3282B90B" w:rsidR="000E376A" w:rsidRPr="00AC496F" w:rsidRDefault="007E71A5">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="72C0CEF7" w14:textId="3282B90B" w:rsidR="000E376A" w:rsidRPr="00C00240" w:rsidRDefault="007E71A5">
+            <w:r w:rsidRPr="00C00240">
               <w:t xml:space="preserve">I tillegg til dette, </w:t>
             </w:r>
-            <w:r w:rsidR="00157EC2">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00157EC2" w:rsidRPr="00C00240">
               <w:t>må dere legge ved:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC496F">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C00240">
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E702655" w14:textId="77777777" w:rsidR="00AC496F" w:rsidRPr="00AC496F" w:rsidRDefault="007E71A5" w:rsidP="00AC496F">
+          <w:p w14:paraId="471B866F" w14:textId="2B489619" w:rsidR="00CB55BA" w:rsidRPr="00C00240" w:rsidRDefault="00CB55BA" w:rsidP="00AC496F">
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC496F">
-[...30 lines deleted...]
-          <w:p w14:paraId="489D15F5" w14:textId="77777777" w:rsidR="007E71A5" w:rsidRDefault="007E71A5" w:rsidP="007E71A5">
+            <w:r w:rsidRPr="00C00240">
+              <w:t>Det fullstendige budsjettet til deres fadderstyre med planlagte inntekter og utgifter for alle aktiv</w:t>
+            </w:r>
+            <w:r w:rsidR="00942DA7">
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C00240">
+              <w:t>teter i fadderuka (bruk budsjettmalen fra Fadderstyreguiden).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="489D15F5" w14:textId="75598F68" w:rsidR="007E71A5" w:rsidRPr="00C00240" w:rsidRDefault="007E71A5" w:rsidP="00BC140A">
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC496F">
-[...8 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C00240">
+              <w:t>Detaljert beskrivelse</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC140A">
+              <w:t xml:space="preserve"> og </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C00240">
+              <w:t xml:space="preserve">budsjett </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3123B" w:rsidRPr="00C00240">
               <w:t>for</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC496F">
-[...8 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C00240">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AC496F" w:rsidRPr="00AC496F">
-[...14 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E021C1">
+              <w:t xml:space="preserve">alle aktiviteter </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C00240">
+              <w:t>det søkes midler til</w:t>
+            </w:r>
+            <w:r w:rsidR="00830DC1" w:rsidRPr="00C00240">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC496F" w:rsidRPr="00C00240">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00C11287" w:rsidRPr="00C00240">
+              <w:t>Fyll ut i budsjettmalen</w:t>
+            </w:r>
+            <w:r w:rsidR="00A80986">
+              <w:t xml:space="preserve"> i Fadderstyreguiden</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC496F" w:rsidRPr="00C00240">
               <w:t>)</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="1A0DD976" w14:textId="77777777" w:rsidR="00830DC1" w:rsidRPr="00830DC1" w:rsidRDefault="00830DC1" w:rsidP="00830DC1">
+            <w:r w:rsidR="00E021C1">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503E30AA" w14:textId="49F40B93" w:rsidR="00EB276D" w:rsidRPr="00C00240" w:rsidRDefault="00830DC1" w:rsidP="00CB55BA">
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC496F">
-[...18 lines deleted...]
-          <w:p w14:paraId="503E30AA" w14:textId="77777777" w:rsidR="00EB276D" w:rsidRDefault="007E71A5" w:rsidP="007E71A5">
+            <w:r w:rsidRPr="00C00240">
+              <w:t xml:space="preserve">Et </w:t>
+            </w:r>
+            <w:r w:rsidR="00C25C1C">
+              <w:t>utkast</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C00240">
+              <w:t xml:space="preserve"> til </w:t>
+            </w:r>
+            <w:r w:rsidR="00C25C1C">
+              <w:t>hele fadderprogrammet deres</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA06F3">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E71A5" w:rsidRPr="00C00240">
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30FC479C" w14:textId="116ACB71" w:rsidR="00830DC1" w:rsidRPr="00C00240" w:rsidRDefault="61FBB2F4" w:rsidP="00765A5A">
+            <w:r w:rsidRPr="00C00240">
+              <w:t>Maler finner du i Fadderstyre</w:t>
+            </w:r>
+            <w:r w:rsidR="00857AC6" w:rsidRPr="00C00240">
+              <w:t>guiden</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C00240">
+              <w:t xml:space="preserve"> her: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00C00240">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperkobling"/>
+                </w:rPr>
+                <w:t>student.oslomet.no/</w:t>
+              </w:r>
+              <w:r w:rsidR="00765A5A" w:rsidRPr="00C00240">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperkobling"/>
+                </w:rPr>
+                <w:t>fadderstyre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00830DC1" w:rsidRPr="00C00240" w:rsidRDefault="00830DC1" w:rsidP="00B45DE7">
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
-              <w:numPr>
-[...5 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC496F">
-[...75 lines deleted...]
-              <w:r w:rsidR="008F5E96" w:rsidRPr="00DC2FB4">
+          </w:p>
+          <w:p w14:paraId="0E648DF4" w14:textId="4B1E5774" w:rsidR="007E71A5" w:rsidRPr="00C00240" w:rsidRDefault="61FBB2F4" w:rsidP="00765A5A">
+            <w:r w:rsidRPr="00C00240">
+              <w:t>Søknaden må være ferdig</w:t>
+            </w:r>
+            <w:r w:rsidR="00C824AF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C00240">
+              <w:t xml:space="preserve">utfylt og vedlegg </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF0B31">
+              <w:t xml:space="preserve">(budsjett og fadderukeprogram) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C00240">
+              <w:t xml:space="preserve">lagt ved for å bli behandlet. Søknaden og eventuelle spørsmål sendes til </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="008F5E96" w:rsidRPr="00C00240">
                 <w:rPr>
                   <w:rStyle w:val="Hyperkobling"/>
                 </w:rPr>
                 <w:t>fadder@oslomet.no</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="008F5E96">
+            <w:r w:rsidR="008F5E96" w:rsidRPr="00C00240">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="0089595C" w:rsidRDefault="0089595C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00830DC1" w:rsidRDefault="00830DC1" w:rsidP="006B42CD">
-[...1685 lines deleted...]
-    <w:sectPr w:rsidR="00830DC1" w:rsidRPr="0081361A">
+    <w:sectPr w:rsidR="0089595C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BE93A62" w14:textId="77777777" w:rsidR="00AC496F" w:rsidRDefault="00AC496F" w:rsidP="00AC496F">
+    <w:p w14:paraId="0AD1D4B5" w14:textId="77777777" w:rsidR="00962FA9" w:rsidRDefault="00962FA9" w:rsidP="00AC496F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="384BA73E" w14:textId="77777777" w:rsidR="00AC496F" w:rsidRDefault="00AC496F" w:rsidP="00AC496F">
+    <w:p w14:paraId="749615F3" w14:textId="77777777" w:rsidR="00962FA9" w:rsidRDefault="00962FA9" w:rsidP="00AC496F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34B3F2EB" w14:textId="77777777" w:rsidR="00AC496F" w:rsidRDefault="00AC496F" w:rsidP="00AC496F">
+    <w:p w14:paraId="1807C525" w14:textId="77777777" w:rsidR="00962FA9" w:rsidRDefault="00962FA9" w:rsidP="00AC496F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D34F5C7" w14:textId="77777777" w:rsidR="00AC496F" w:rsidRDefault="00AC496F" w:rsidP="00AC496F">
+    <w:p w14:paraId="4012C80E" w14:textId="77777777" w:rsidR="00962FA9" w:rsidRDefault="00962FA9" w:rsidP="00AC496F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E4A7092"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E10591A"/>
     <w:lvl w:ilvl="0" w:tplc="04140001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3056,155 +1313,179 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0414001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1127316203">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1072239232">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="862746630">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00ED760B"/>
     <w:rsid w:val="00007DE7"/>
     <w:rsid w:val="0005431C"/>
     <w:rsid w:val="00097543"/>
     <w:rsid w:val="000A1AE4"/>
     <w:rsid w:val="000E376A"/>
     <w:rsid w:val="00140424"/>
     <w:rsid w:val="00157EC2"/>
     <w:rsid w:val="001708D6"/>
+    <w:rsid w:val="001C7E8C"/>
     <w:rsid w:val="001D696E"/>
     <w:rsid w:val="002A2559"/>
     <w:rsid w:val="002B5A1C"/>
     <w:rsid w:val="002C1745"/>
+    <w:rsid w:val="00331C0E"/>
+    <w:rsid w:val="00361D5D"/>
     <w:rsid w:val="00385C23"/>
+    <w:rsid w:val="003B4AD0"/>
     <w:rsid w:val="003D6A80"/>
+    <w:rsid w:val="0053584D"/>
     <w:rsid w:val="00560955"/>
     <w:rsid w:val="00593D1F"/>
     <w:rsid w:val="005E2B62"/>
     <w:rsid w:val="00606C95"/>
     <w:rsid w:val="00634DF4"/>
     <w:rsid w:val="006B42CD"/>
     <w:rsid w:val="00765A5A"/>
     <w:rsid w:val="00792674"/>
     <w:rsid w:val="007C59C5"/>
     <w:rsid w:val="007E71A5"/>
     <w:rsid w:val="0081361A"/>
     <w:rsid w:val="00826CCE"/>
     <w:rsid w:val="00830DC1"/>
+    <w:rsid w:val="00857AC6"/>
     <w:rsid w:val="0089595C"/>
     <w:rsid w:val="008A2810"/>
     <w:rsid w:val="008C2D8C"/>
     <w:rsid w:val="008F5E96"/>
+    <w:rsid w:val="00901213"/>
+    <w:rsid w:val="00942DA7"/>
+    <w:rsid w:val="009441AE"/>
+    <w:rsid w:val="00962FA9"/>
     <w:rsid w:val="00A05427"/>
     <w:rsid w:val="00A172C9"/>
+    <w:rsid w:val="00A80986"/>
     <w:rsid w:val="00AC3C21"/>
     <w:rsid w:val="00AC496F"/>
     <w:rsid w:val="00B3626E"/>
+    <w:rsid w:val="00B44903"/>
     <w:rsid w:val="00B45DE7"/>
     <w:rsid w:val="00BB20C2"/>
+    <w:rsid w:val="00BB7DAA"/>
+    <w:rsid w:val="00BC140A"/>
+    <w:rsid w:val="00C00240"/>
+    <w:rsid w:val="00C11287"/>
+    <w:rsid w:val="00C114CF"/>
+    <w:rsid w:val="00C25C1C"/>
+    <w:rsid w:val="00C824AF"/>
+    <w:rsid w:val="00CB55BA"/>
     <w:rsid w:val="00D56409"/>
     <w:rsid w:val="00D707AA"/>
     <w:rsid w:val="00D97348"/>
     <w:rsid w:val="00DD41F0"/>
+    <w:rsid w:val="00DF0B31"/>
+    <w:rsid w:val="00E021C1"/>
+    <w:rsid w:val="00E038D1"/>
     <w:rsid w:val="00E3123B"/>
+    <w:rsid w:val="00EA06F3"/>
     <w:rsid w:val="00EB276D"/>
     <w:rsid w:val="00ED760B"/>
     <w:rsid w:val="00FB2C16"/>
     <w:rsid w:val="61FBB2F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7D035217"/>
   <w15:docId w15:val="{87E44BF7-CBBB-4C97-ABB8-C5877F92D803}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nb-NO" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3762,73 +2043,73 @@
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002B5A1C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00765A5A"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="438641176">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fadder@oslomet.no" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fadder@oslomet.no" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://student.oslomet.no/fadderstyre" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4089,52 +2370,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100BC0B15C9DBD0044D8492C5358AB38EC1" ma:contentTypeVersion="18" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="5dc0514e3df30494627fa420386b316f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1be34761-48dc-4ebe-b35d-13e2d25698ca" xmlns:ns3="a41fd1d9-7689-41c5-a171-0b8490d02a77" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4d6ba832ae3a98c01a897788c35d7bb" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BC0B15C9DBD0044D8492C5358AB38EC1" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="63fefba3273318bb3fa5df9832223429">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1be34761-48dc-4ebe-b35d-13e2d25698ca" xmlns:ns3="a41fd1d9-7689-41c5-a171-0b8490d02a77" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc7afc030db1e88721fb1979aca0578f" ns2:_="" ns3:_="">
     <xsd:import namespace="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
     <xsd:import namespace="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4185,120 +2479,120 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildemerkelapper" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c837b304-89a2-409e-9d5c-9765d887efd4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c837b304-89a2-409e-9d5c-9765d887efd4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a41fd1d9-7689-41c5-a171-0b8490d02a77" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Delt med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Delingsdetaljer" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{71f3a5f7-84e8-4dcb-9b03-3d094b517148}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a41fd1d9-7689-41c5-a171-0b8490d02a77">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innholdstype"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tittel"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -4343,163 +2637,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="a41fd1d9-7689-41c5-a171-0b8490d02a77">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1be34761-48dc-4ebe-b35d-13e2d25698ca">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="a41fd1d9-7689-41c5-a171-0b8490d02a77" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDCFABD5-8578-45ED-B7D4-9885CB87EE92}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5096C3F6-DB8B-426A-9495-AE618139CA92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41E3D599-39A1-4F62-90E3-0D0C31E7E7FA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B023E652-C3FA-4817-86DF-6069A603F021}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
     <ds:schemaRef ds:uri="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41E3D599-39A1-4F62-90E3-0D0C31E7E7FA}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96588AD1-ADE8-454D-9167-442DB547D2F4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a41fd1d9-7689-41c5-a171-0b8490d02a77"/>
+    <ds:schemaRef ds:uri="1be34761-48dc-4ebe-b35d-13e2d25698ca"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{fec81f12-6286-4550-8911-f446fcdafa1f}" enabled="0" method="" siteId="{fec81f12-6286-4550-8911-f446fcdafa1f}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>1867</Characters>
+  <Pages>1</Pages>
+  <Words>187</Words>
+  <Characters>1172</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Høgksolen i Oslo og Akershus</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2215</CharactersWithSpaces>
+  <CharactersWithSpaces>1346</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gurminderjit Kaur</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BC0B15C9DBD0044D8492C5358AB38EC1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>286000</vt:r8>